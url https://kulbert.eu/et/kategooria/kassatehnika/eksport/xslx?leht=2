--- v0 (2025-10-16)
+++ v1 (2026-01-26)
@@ -245,51 +245,51 @@
   <si>
     <t>ETHERNET LIIDES (UB-E04) TM</t>
   </si>
   <si>
     <t>C31CE95122</t>
   </si>
   <si>
     <t>Kassaprinter Epson TM-M30 (122): Ethernet, WiFi, PS, EU, Must</t>
   </si>
   <si>
     <t>C31CH51011</t>
   </si>
   <si>
     <t>Tshekiprinter Epson TM-T20III (011): USB + Serial, PS, must, EU</t>
   </si>
   <si>
     <t>C31CH51012</t>
   </si>
   <si>
     <t>Tshekiprinter Epson TM-T20III (012): Ethernet, PS, must, EU</t>
   </si>
   <si>
     <t>C31CH76102</t>
   </si>
   <si>
-    <t>Tööstuslik kleebiste tindiprinter Epson ColorWorks W-C6000Ae</t>
+    <t>Tööstuslik kleebiste tindiprinter Epson ColorWorks CW-C6000Ae</t>
   </si>
   <si>
     <t>C31CH77102</t>
   </si>
   <si>
     <t>Epsoni kleebiseprinter ColorWorks CW-C6500Ae</t>
   </si>
   <si>
     <t>C32C815211</t>
   </si>
   <si>
     <t>PABERIHOIDJA (58 / 60mm) PG-90 (TM-T90)</t>
   </si>
   <si>
     <t>C32C823361</t>
   </si>
   <si>
     <t>JADALIIDES RS-232 (UB-S01)</t>
   </si>
   <si>
     <t>C32C823861</t>
   </si>
   <si>
     <t>JADALIIDES RS-232, KOOS DM-D LIIDESEGA (UB-S09)</t>
   </si>
@@ -921,51 +921,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>170.28</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>456</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>164.38</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>270</v>
       </c>
       <c r="D5" s="2"/>
     </row>
@@ -1128,51 +1130,51 @@
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>11.5</v>
       </c>
       <c r="D18" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>11.5</v>
       </c>
       <c r="D19" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>9.84</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>10.9</v>
       </c>
       <c r="D21" s="2">
@@ -1366,51 +1368,51 @@
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
         <v>147.6</v>
       </c>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>182.83</v>
       </c>
       <c r="D37" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>2754</v>
       </c>
       <c r="D38" s="2"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>3594</v>
       </c>
       <c r="D39" s="2"/>
@@ -1758,51 +1760,51 @@
       <c r="D67" s="2"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>334.8</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>334.8</v>
       </c>
       <c r="D69" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>140</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="1">
         <v>402.6</v>
       </c>
       <c r="D70" s="2"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>142</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="1">
         <v>402.6</v>
       </c>
       <c r="D71" s="2"/>
@@ -1886,65 +1888,65 @@
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>103.5</v>
       </c>
       <c r="D78" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>26.96</v>
       </c>
       <c r="D79" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>5.75</v>
       </c>
       <c r="D80" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>