--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1362,51 +1362,51 @@
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
         <v>228.9</v>
       </c>
       <c r="D51" s="2"/>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>616.66</v>
       </c>
       <c r="D52" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>