--- v1 (2025-12-02)
+++ v2 (2026-01-26)
@@ -12,64 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="526">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
+    <t>110C1B3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys MA4000fx (4in1; 40 lk/min; DADF; dupleks; 250+100 lehte; USB+NET; Start tooner 3600 lehte)</t>
+  </si>
+  <si>
+    <t>1102RW3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys P2235dw (A4; 35 lk/min; 256MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN + WiFi)</t>
+  </si>
+  <si>
     <t>110C3J3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS PA3500x (A4; 35 lk/min; 256MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN)</t>
   </si>
   <si>
     <t>265.080.450.4.10</t>
   </si>
   <si>
     <t>Ribbon GWX265 Premium Wax TTR 80mm/450m 1,0tolli südamik, CSO</t>
   </si>
   <si>
     <t>C11CK58403</t>
   </si>
   <si>
     <t>Printer MFP Epson L3560  3,7 cm LCD-ekraaniga, USB ja WiFi ühendusega, ülisuured tindid; Garantii laiendamine veebis kuni 3 aastani.</t>
   </si>
   <si>
     <t>021-G50007-000</t>
   </si>
   <si>
     <t>Trükipea Godex 4" 203dpi (G500/G500+/G300/RT700/GE300)</t>
   </si>
   <si>
     <t>031-GE0001-000</t>
@@ -1568,54 +1580,72 @@
   <si>
     <t>1203R60UN0</t>
   </si>
   <si>
     <t>Paberisöötja PF-5110 (250 lehte, 60 - 163g/m²) - Ecosys M5521CDN/W, M5526CDN/W, P5021CDN/W, P5026CDN/W</t>
   </si>
   <si>
     <t>1203RA0UN0</t>
   </si>
   <si>
     <t>Paberikassett PF-1100 (250 lehte) - Kyocera M2135/2635/2735/2040/2540/2640 i/DN/W, P2235/2040DN/DW</t>
   </si>
   <si>
     <t>1203RN0UN0</t>
   </si>
   <si>
     <t>Tööde eraldaja JS-7100</t>
   </si>
   <si>
     <t>1203SA0KL0</t>
   </si>
   <si>
     <t>Paberisöötja PF-3110 (500 lehte) - M3145/3645/3655/3660/DN/IDN</t>
   </si>
   <si>
+    <t>1102R73NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys M5526cdw (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network, WIFi)</t>
+  </si>
+  <si>
+    <t>1102R83NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys M5526cdn (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network)</t>
+  </si>
+  <si>
     <t>1102RB3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS P5026cdw (A4; 26 lk/min mv/värv; 512 MB; 250+50 lehte; Duplex; USB, Network, WIFi; Start tooner CMYK 1200)</t>
+  </si>
+  <si>
+    <t>1102RC3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera ECOSYS P5026cdn (A4; 26 lk/min mv/värv; 512 MB; 250+50 lehte; Duplex; USB, Network; Start tooner CMYK 1200)</t>
   </si>
   <si>
     <t>1102RV3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys P2235dn (A4; 35 lk/min; 256MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN)</t>
   </si>
   <si>
     <t>1102TV3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS P6230cdn (A4; 30 lk/min mv/värv; 1 GB; 500+100 lehte; Duplex; USB, Network; Start tooner CMY 2500 K 3500)</t>
   </si>
   <si>
     <t>1102P23NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS M4125idn (A3 printer/koopia/ värv. skänner; 25 lk/min; DADF; Duplex; 500+100 lehte; HyPAS; Start tooner 3000 lehte)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1941,54 +1971,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z265"/>
+  <dimension ref="A1:Z270"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D265"/>
+      <selection activeCell="D1" sqref="D1:D270"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="179" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -1999,3319 +2029,3383 @@
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
-        <v>202.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>574.2</v>
+      </c>
+      <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>7.88</v>
+        <v>202.8</v>
       </c>
       <c r="D3" s="2">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>169.89</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>202.8</v>
+      </c>
+      <c r="D4" s="2">
+        <v>19</v>
+      </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
-        <v>125</v>
+        <v>7.88</v>
       </c>
       <c r="D5" s="2">
-        <v>2</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>157.5</v>
+        <v>169.89</v>
       </c>
       <c r="D6" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
-        <v>624.75</v>
+        <v>125</v>
       </c>
       <c r="D7" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
-        <v>778.7</v>
+        <v>157.5</v>
       </c>
       <c r="D8" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>303.48</v>
+        <v>624.75</v>
       </c>
       <c r="D9" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
-        <v>904.68</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>950</v>
+      </c>
+      <c r="D10" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
-        <v>199</v>
+        <v>303.48</v>
       </c>
       <c r="D11" s="2">
-        <v>41</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
-        <v>319</v>
+        <v>904.68</v>
       </c>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
-        <v>173</v>
+        <v>199</v>
       </c>
       <c r="D13" s="2">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
-        <v>649</v>
+        <v>173</v>
       </c>
       <c r="D15" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>208</v>
       </c>
       <c r="D16" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
-        <v>415.32</v>
+        <v>649</v>
       </c>
       <c r="D17" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
-        <v>540.39</v>
+        <v>270</v>
       </c>
       <c r="D18" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
-        <v>2066.79</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>415.32</v>
+      </c>
+      <c r="D19" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
-        <v>168</v>
+        <v>540.39</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>2066.79</v>
+      </c>
+      <c r="D21" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
-        <v>508.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
-        <v>615.69</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>345</v>
+      </c>
+      <c r="D24" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="1">
-        <v>7.68</v>
+        <v>508.9</v>
       </c>
       <c r="D25" s="2">
-        <v>13</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
-        <v>3.22</v>
-[...3 lines deleted...]
-      </c>
+        <v>615.69</v>
+      </c>
+      <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
-        <v>118.8</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>7.68</v>
+      </c>
+      <c r="D27" s="2">
+        <v>13</v>
+      </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1">
-        <v>123</v>
+        <v>3.22</v>
       </c>
       <c r="D28" s="2">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1">
-        <v>176.95</v>
+        <v>118.8</v>
       </c>
       <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="1">
-        <v>268.8</v>
+        <v>123</v>
       </c>
       <c r="D30" s="2">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="1">
-        <v>513.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>176.95</v>
+      </c>
+      <c r="D31" s="2"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="1">
-        <v>133.95</v>
+        <v>268.8</v>
       </c>
       <c r="D32" s="2"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="1">
-        <v>708.42</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>513.79</v>
+      </c>
+      <c r="D33" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1">
-        <v>184.8</v>
+        <v>133.95</v>
       </c>
       <c r="D34" s="2"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="1">
-        <v>672</v>
+        <v>708.42</v>
       </c>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
-        <v>504</v>
+        <v>184.8</v>
       </c>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
-        <v>157.93</v>
+        <v>672</v>
       </c>
       <c r="D37" s="2"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
-        <v>1158</v>
+        <v>504</v>
       </c>
       <c r="D38" s="2"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
-      <c r="C39" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C39" s="1">
+        <v>157.93</v>
+      </c>
+      <c r="D39" s="2"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
-        <v>686.46</v>
+        <v>1158</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
-      <c r="C41" s="1">
-[...2 lines deleted...]
-      <c r="D41" s="2"/>
+      <c r="C41" s="1"/>
+      <c r="D41" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
-        <v>1862.5</v>
+        <v>686.46</v>
       </c>
       <c r="D42" s="2"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
-        <v>624</v>
+        <v>107.92</v>
       </c>
       <c r="D43" s="2"/>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
-        <v>877.33</v>
+        <v>1862.5</v>
       </c>
       <c r="D44" s="2"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
-        <v>1250.44</v>
+        <v>624</v>
       </c>
       <c r="D45" s="2"/>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
-        <v>597.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>877.33</v>
+      </c>
+      <c r="D46" s="2"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
-        <v>358.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>1250.44</v>
+      </c>
+      <c r="D47" s="2"/>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>597.3</v>
+      </c>
+      <c r="D48" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>358.8</v>
+      </c>
+      <c r="D49" s="2"/>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="D50" s="2"/>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
-        <v>432</v>
+        <v>174</v>
       </c>
       <c r="D51" s="2">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>2160</v>
+      </c>
+      <c r="D52" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
-        <v>1158</v>
+        <v>432</v>
       </c>
       <c r="D53" s="2"/>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
-        <v>1478.38</v>
+        <v>714</v>
       </c>
       <c r="D54" s="2"/>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>1158</v>
+      </c>
+      <c r="D55" s="2"/>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
-        <v>7899</v>
+        <v>1478.38</v>
       </c>
       <c r="D56" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
-        <v>658.9</v>
+        <v>726</v>
       </c>
       <c r="D57" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
-        <v>372.9</v>
+        <v>7899</v>
       </c>
       <c r="D58" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>658.9</v>
       </c>
       <c r="D59" s="2">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>372.9</v>
       </c>
       <c r="D60" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
-        <v>695.53</v>
-[...1 lines deleted...]
-      <c r="D61" s="2"/>
+        <v>140</v>
+      </c>
+      <c r="D61" s="2">
+        <v>24</v>
+      </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
-        <v>1875.39</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="D62" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
-        <v>2160</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>695.53</v>
+      </c>
+      <c r="D63" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>128</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="1">
-        <v>1549.17</v>
+        <v>1875.39</v>
       </c>
       <c r="D64" s="2"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>130</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="1">
-        <v>1779.17</v>
+        <v>2160</v>
       </c>
       <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
-        <v>40.15</v>
-[...3 lines deleted...]
-      </c>
+        <v>1549.17</v>
+      </c>
+      <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
-      <c r="C67" s="1"/>
+      <c r="C67" s="1">
+        <v>1779.17</v>
+      </c>
       <c r="D67" s="2"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
-        <v>282.7</v>
+        <v>40.15</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
-      <c r="C69" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C69" s="1"/>
       <c r="D69" s="2"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>140</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="1">
-        <v>373.08</v>
+        <v>282.7</v>
       </c>
       <c r="D70" s="2"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>142</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="1">
-        <v>373.08</v>
+        <v>227.39</v>
       </c>
       <c r="D71" s="2"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>144</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="1">
-        <v>411.4</v>
+        <v>373.08</v>
       </c>
       <c r="D72" s="2"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>146</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="1">
-        <v>350.9</v>
+        <v>373.08</v>
       </c>
       <c r="D73" s="2"/>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
-        <v>350.9</v>
+        <v>411.4</v>
       </c>
       <c r="D74" s="2"/>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
-      <c r="C75" s="1"/>
+      <c r="C75" s="1">
+        <v>350.9</v>
+      </c>
       <c r="D75" s="2"/>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="1">
-        <v>2049.17</v>
+        <v>350.9</v>
       </c>
       <c r="D76" s="2"/>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
-      <c r="C77" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C77" s="1"/>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
-      <c r="C78" s="1"/>
+      <c r="C78" s="1">
+        <v>2049.17</v>
+      </c>
       <c r="D78" s="2"/>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
-        <v>165.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>2290.83</v>
+      </c>
+      <c r="D79" s="2"/>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
-      <c r="C80" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C80" s="1"/>
       <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>162</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
-      <c r="C81" s="1"/>
-      <c r="D81" s="2"/>
+      <c r="C81" s="1">
+        <v>165.6</v>
+      </c>
+      <c r="D81" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1">
-        <v>255.2</v>
+        <v>1635</v>
       </c>
       <c r="D82" s="2"/>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
-      <c r="C83" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C83" s="1"/>
       <c r="D83" s="2"/>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>168</v>
       </c>
       <c r="B84" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="1">
-        <v>708.34</v>
-[...3 lines deleted...]
-      </c>
+        <v>255.2</v>
+      </c>
+      <c r="D84" s="2"/>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>170</v>
       </c>
       <c r="B85" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="1">
-        <v>836.61</v>
+        <v>547.03</v>
       </c>
       <c r="D85" s="2"/>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>172</v>
       </c>
       <c r="B86" t="s">
         <v>173</v>
       </c>
       <c r="C86" s="1">
-        <v>1417.37</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>708.34</v>
+      </c>
+      <c r="D86" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s">
         <v>174</v>
       </c>
       <c r="B87" t="s">
         <v>175</v>
       </c>
       <c r="C87" s="1">
-        <v>56.4</v>
+        <v>836.61</v>
       </c>
       <c r="D87" s="2"/>
     </row>
     <row r="88" spans="1:26">
-      <c r="A88">
-        <v>7112285</v>
+      <c r="A88" t="s">
+        <v>176</v>
       </c>
       <c r="B88" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C88" s="1">
-        <v>143.54</v>
-[...3 lines deleted...]
-      </c>
+        <v>1417.37</v>
+      </c>
+      <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B89" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C89" s="1">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>56.4</v>
+      </c>
+      <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
-      <c r="A90" t="s">
-        <v>179</v>
+      <c r="A90">
+        <v>7112285</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="1">
-        <v>155</v>
+        <v>143.54</v>
       </c>
       <c r="D90" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>181</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="1">
-        <v>22.44</v>
+        <v>207</v>
       </c>
       <c r="D91" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>183</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="1">
-        <v>1005.58</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>155</v>
+      </c>
+      <c r="D92" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" t="s">
         <v>185</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="1">
-        <v>197.98</v>
-[...1 lines deleted...]
-      <c r="D93" s="2"/>
+        <v>22.44</v>
+      </c>
+      <c r="D93" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>187</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="1">
-        <v>195.6</v>
+        <v>1005.58</v>
       </c>
       <c r="D94" s="2"/>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>189</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="1">
-        <v>403.2</v>
+        <v>197.98</v>
       </c>
       <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>191</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="1">
-        <v>265.2</v>
+        <v>195.6</v>
       </c>
       <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>193</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="1">
-        <v>145.2</v>
+        <v>403.2</v>
       </c>
       <c r="D97" s="2"/>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>195</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>265.2</v>
       </c>
       <c r="D98" s="2"/>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>197</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="1">
-        <v>135.6</v>
+        <v>145.2</v>
       </c>
       <c r="D99" s="2"/>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" t="s">
         <v>199</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="1">
-        <v>457.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D100" s="2"/>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" t="s">
         <v>201</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="1">
-        <v>602.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>135.6</v>
+      </c>
+      <c r="D101" s="2"/>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" t="s">
         <v>203</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="1">
-        <v>181.2</v>
-[...1 lines deleted...]
-      <c r="D102" s="2"/>
+        <v>457.5</v>
+      </c>
+      <c r="D102" s="2">
+        <v>16</v>
+      </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>205</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="1">
-        <v>256.8</v>
+        <v>602.4</v>
       </c>
       <c r="D103" s="2"/>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>207</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="1">
-        <v>205.92</v>
+        <v>181.2</v>
       </c>
       <c r="D104" s="2"/>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>209</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="1">
-        <v>241.92</v>
+        <v>256.8</v>
       </c>
       <c r="D105" s="2"/>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>211</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="1">
-        <v>86.4</v>
+        <v>205.92</v>
       </c>
       <c r="D106" s="2"/>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" t="s">
         <v>213</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="1">
-        <v>149.25</v>
+        <v>241.92</v>
       </c>
       <c r="D107" s="2"/>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" t="s">
         <v>215</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="1">
-        <v>388.8</v>
+        <v>86.4</v>
       </c>
       <c r="D108" s="2"/>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" t="s">
         <v>217</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="1">
-        <v>750</v>
+        <v>149.25</v>
       </c>
       <c r="D109" s="2"/>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" t="s">
         <v>219</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="1">
-        <v>153.6</v>
+        <v>388.8</v>
       </c>
       <c r="D110" s="2"/>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" t="s">
         <v>221</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="1">
-        <v>122.4</v>
+        <v>750</v>
       </c>
       <c r="D111" s="2"/>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>223</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="1">
-        <v>131.98</v>
-[...3 lines deleted...]
-      </c>
+        <v>153.6</v>
+      </c>
+      <c r="D112" s="2"/>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>225</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="1">
-        <v>39.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>122.4</v>
+      </c>
+      <c r="D113" s="2"/>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>227</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="1">
-        <v>27.5</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>131.98</v>
+      </c>
+      <c r="D114" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>229</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="1">
-        <v>440</v>
-[...3 lines deleted...]
-      </c>
+        <v>39.05</v>
+      </c>
+      <c r="D115" s="2"/>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" t="s">
         <v>231</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="1">
-        <v>33</v>
+        <v>27.5</v>
       </c>
       <c r="D116" s="2"/>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>233</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="1">
-        <v>35.69</v>
+        <v>440</v>
       </c>
       <c r="D117" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>235</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="1">
-        <v>21.07</v>
+        <v>33</v>
       </c>
       <c r="D118" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>237</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="1">
-        <v>30.8</v>
+        <v>35.69</v>
       </c>
       <c r="D119" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>239</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="1">
-        <v>36.3</v>
+        <v>21.07</v>
       </c>
       <c r="D120" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>241</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="1">
-        <v>48.02</v>
-[...1 lines deleted...]
-      <c r="D121" s="2"/>
+        <v>30.8</v>
+      </c>
+      <c r="D121" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>243</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="1">
-        <v>23.1</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>36.3</v>
+      </c>
+      <c r="D122" s="2">
+        <v>9</v>
+      </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>245</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="1">
-        <v>17.22</v>
+        <v>48.02</v>
       </c>
       <c r="D123" s="2"/>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>247</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="1">
-        <v>66</v>
+        <v>23.1</v>
       </c>
       <c r="D124" s="2"/>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>249</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="1">
-        <v>27.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>17.22</v>
+      </c>
+      <c r="D125" s="2"/>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>251</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="1">
-        <v>6</v>
+        <v>66</v>
       </c>
       <c r="D126" s="2"/>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>253</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="1">
-        <v>9.16</v>
+        <v>27.5</v>
       </c>
       <c r="D127" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" t="s">
         <v>255</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="1">
-        <v>42.18</v>
-[...1 lines deleted...]
-      <c r="D128" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D128" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" t="s">
         <v>257</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="1">
-        <v>229.9</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>9.16</v>
+      </c>
+      <c r="D129" s="2">
+        <v>11</v>
+      </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" t="s">
         <v>259</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="1">
-        <v>297</v>
+        <v>42.18</v>
       </c>
       <c r="D130" s="2"/>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" t="s">
         <v>261</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="1">
-        <v>19.8</v>
+        <v>229.9</v>
       </c>
       <c r="D131" s="2"/>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" t="s">
         <v>263</v>
       </c>
       <c r="B132" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="1">
-        <v>24.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="D132" s="2"/>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" t="s">
         <v>265</v>
       </c>
       <c r="B133" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="1">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>19.8</v>
+      </c>
+      <c r="D133" s="2"/>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" t="s">
         <v>267</v>
       </c>
       <c r="B134" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="D134" s="2"/>
+        <v>24.9</v>
+      </c>
+      <c r="D134" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" t="s">
         <v>269</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
-      <c r="C135" s="1"/>
-      <c r="D135" s="2"/>
+      <c r="C135" s="1">
+        <v>110</v>
+      </c>
+      <c r="D135" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>271</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="1">
-        <v>35.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D136" s="2"/>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>273</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
-      <c r="C137" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C137" s="1"/>
       <c r="D137" s="2"/>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>275</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="1">
-        <v>1320</v>
-[...1 lines deleted...]
-      <c r="D138" s="2"/>
+        <v>35.2</v>
+      </c>
+      <c r="D138" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>277</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="1">
-        <v>130.9</v>
+        <v>29.15</v>
       </c>
       <c r="D139" s="2"/>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>279</v>
       </c>
       <c r="B140" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="1">
-        <v>132</v>
+        <v>1320</v>
       </c>
       <c r="D140" s="2"/>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>281</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="1">
-        <v>330</v>
+        <v>130.9</v>
       </c>
       <c r="D141" s="2"/>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>283</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="1">
-        <v>106.95</v>
+        <v>132</v>
       </c>
       <c r="D142" s="2"/>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>285</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="1">
-        <v>782</v>
+        <v>330</v>
       </c>
       <c r="D143" s="2"/>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>287</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="1">
-        <v>184</v>
+        <v>106.95</v>
       </c>
       <c r="D144" s="2"/>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>289</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="1">
-        <v>165</v>
+        <v>782</v>
       </c>
       <c r="D145" s="2"/>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>291</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="1">
-        <v>345</v>
+        <v>184</v>
       </c>
       <c r="D146" s="2"/>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>293</v>
       </c>
       <c r="B147" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="1">
-        <v>138.6</v>
+        <v>165</v>
       </c>
       <c r="D147" s="2"/>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>295</v>
       </c>
       <c r="B148" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="1">
-        <v>214.5</v>
+        <v>345</v>
       </c>
       <c r="D148" s="2"/>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>297</v>
       </c>
       <c r="B149" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C149" s="1">
-        <v>214.5</v>
+        <v>138.6</v>
       </c>
       <c r="D149" s="2"/>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B150" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C150" s="1">
         <v>214.5</v>
       </c>
       <c r="D150" s="2"/>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" t="s">
+        <v>301</v>
+      </c>
+      <c r="B151" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="C151" s="1">
         <v>214.5</v>
       </c>
       <c r="D151" s="2"/>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B152" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C152" s="1">
-        <v>99</v>
+        <v>214.5</v>
       </c>
       <c r="D152" s="2"/>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" t="s">
+        <v>304</v>
+      </c>
+      <c r="B153" t="s">
         <v>303</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="1">
-        <v>99</v>
+        <v>214.5</v>
       </c>
       <c r="D153" s="2"/>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" t="s">
         <v>305</v>
       </c>
       <c r="B154" t="s">
         <v>306</v>
       </c>
       <c r="C154" s="1">
-        <v>165</v>
+        <v>99</v>
       </c>
       <c r="D154" s="2"/>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" t="s">
         <v>307</v>
       </c>
       <c r="B155" t="s">
         <v>308</v>
       </c>
       <c r="C155" s="1">
-        <v>228.25</v>
+        <v>99</v>
       </c>
       <c r="D155" s="2"/>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" t="s">
         <v>309</v>
       </c>
       <c r="B156" t="s">
         <v>310</v>
       </c>
       <c r="C156" s="1">
-        <v>345.78</v>
+        <v>165</v>
       </c>
       <c r="D156" s="2"/>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" t="s">
         <v>311</v>
       </c>
       <c r="B157" t="s">
         <v>312</v>
       </c>
       <c r="C157" s="1">
-        <v>73.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>228.25</v>
+      </c>
+      <c r="D157" s="2"/>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" t="s">
         <v>313</v>
       </c>
       <c r="B158" t="s">
         <v>314</v>
       </c>
       <c r="C158" s="1">
-        <v>89.7</v>
+        <v>345.78</v>
       </c>
       <c r="D158" s="2"/>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" t="s">
         <v>315</v>
       </c>
       <c r="B159" t="s">
         <v>316</v>
       </c>
       <c r="C159" s="1">
-        <v>2578.7</v>
-[...1 lines deleted...]
-      <c r="D159" s="2"/>
+        <v>73.6</v>
+      </c>
+      <c r="D159" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" t="s">
         <v>317</v>
       </c>
       <c r="B160" t="s">
         <v>318</v>
       </c>
       <c r="C160" s="1">
-        <v>1852.73</v>
+        <v>89.7</v>
       </c>
       <c r="D160" s="2"/>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" t="s">
         <v>319</v>
       </c>
       <c r="B161" t="s">
         <v>320</v>
       </c>
       <c r="C161" s="1">
-        <v>280.47</v>
+        <v>2578.7</v>
       </c>
       <c r="D161" s="2"/>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" t="s">
         <v>321</v>
       </c>
       <c r="B162" t="s">
         <v>322</v>
       </c>
       <c r="C162" s="1">
-        <v>4824.25</v>
+        <v>1852.73</v>
       </c>
       <c r="D162" s="2"/>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" t="s">
         <v>323</v>
       </c>
       <c r="B163" t="s">
         <v>324</v>
       </c>
       <c r="C163" s="1">
-        <v>1099</v>
+        <v>280.47</v>
       </c>
       <c r="D163" s="2"/>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" t="s">
         <v>325</v>
       </c>
       <c r="B164" t="s">
         <v>326</v>
       </c>
       <c r="C164" s="1">
-        <v>4779.4</v>
+        <v>4824.25</v>
       </c>
       <c r="D164" s="2"/>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" t="s">
         <v>327</v>
       </c>
       <c r="B165" t="s">
         <v>328</v>
       </c>
       <c r="C165" s="1">
-        <v>6159.4</v>
+        <v>1099</v>
       </c>
       <c r="D165" s="2"/>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" t="s">
         <v>329</v>
       </c>
       <c r="B166" t="s">
         <v>330</v>
       </c>
       <c r="C166" s="1">
-        <v>2294.25</v>
+        <v>4779.4</v>
       </c>
       <c r="D166" s="2"/>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" t="s">
         <v>331</v>
       </c>
       <c r="B167" t="s">
         <v>332</v>
       </c>
       <c r="C167" s="1">
-        <v>2409.25</v>
+        <v>6159.4</v>
       </c>
       <c r="D167" s="2"/>
     </row>
     <row r="168" spans="1:26">
       <c r="A168" t="s">
         <v>333</v>
       </c>
       <c r="B168" t="s">
         <v>334</v>
       </c>
       <c r="C168" s="1">
-        <v>795</v>
+        <v>2294.25</v>
       </c>
       <c r="D168" s="2"/>
     </row>
     <row r="169" spans="1:26">
       <c r="A169" t="s">
         <v>335</v>
       </c>
       <c r="B169" t="s">
         <v>336</v>
       </c>
       <c r="C169" s="1">
-        <v>4588.5</v>
+        <v>2409.25</v>
       </c>
       <c r="D169" s="2"/>
     </row>
     <row r="170" spans="1:26">
       <c r="A170" t="s">
         <v>337</v>
       </c>
       <c r="B170" t="s">
         <v>338</v>
       </c>
       <c r="C170" s="1">
-        <v>5466.69</v>
+        <v>795</v>
       </c>
       <c r="D170" s="2"/>
     </row>
     <row r="171" spans="1:26">
       <c r="A171" t="s">
         <v>339</v>
       </c>
       <c r="B171" t="s">
         <v>340</v>
       </c>
       <c r="C171" s="1">
-        <v>814</v>
+        <v>4588.5</v>
       </c>
       <c r="D171" s="2"/>
     </row>
     <row r="172" spans="1:26">
       <c r="A172" t="s">
         <v>341</v>
       </c>
       <c r="B172" t="s">
         <v>342</v>
       </c>
       <c r="C172" s="1">
-        <v>687.69</v>
+        <v>5466.69</v>
       </c>
       <c r="D172" s="2"/>
     </row>
     <row r="173" spans="1:26">
       <c r="A173" t="s">
         <v>343</v>
       </c>
       <c r="B173" t="s">
         <v>344</v>
       </c>
       <c r="C173" s="1">
-        <v>555.18</v>
+        <v>814</v>
       </c>
       <c r="D173" s="2"/>
     </row>
     <row r="174" spans="1:26">
       <c r="A174" t="s">
         <v>345</v>
       </c>
       <c r="B174" t="s">
         <v>346</v>
       </c>
       <c r="C174" s="1">
-        <v>2294.25</v>
+        <v>687.69</v>
       </c>
       <c r="D174" s="2"/>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" t="s">
         <v>347</v>
       </c>
       <c r="B175" t="s">
         <v>348</v>
       </c>
       <c r="C175" s="1">
-        <v>2294.25</v>
+        <v>555.18</v>
       </c>
       <c r="D175" s="2"/>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" t="s">
         <v>349</v>
       </c>
       <c r="B176" t="s">
         <v>350</v>
       </c>
       <c r="C176" s="1">
-        <v>3674.25</v>
+        <v>2294.25</v>
       </c>
       <c r="D176" s="2"/>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" t="s">
         <v>351</v>
       </c>
       <c r="B177" t="s">
         <v>352</v>
       </c>
       <c r="C177" s="1">
-        <v>3674.25</v>
+        <v>2294.25</v>
       </c>
       <c r="D177" s="2"/>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" t="s">
         <v>353</v>
       </c>
       <c r="B178" t="s">
         <v>354</v>
       </c>
       <c r="C178" s="1">
-        <v>1034</v>
+        <v>3674.25</v>
       </c>
       <c r="D178" s="2"/>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" t="s">
         <v>355</v>
       </c>
       <c r="B179" t="s">
         <v>356</v>
       </c>
       <c r="C179" s="1">
-        <v>1489</v>
+        <v>3674.25</v>
       </c>
       <c r="D179" s="2"/>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" t="s">
         <v>357</v>
       </c>
       <c r="B180" t="s">
         <v>358</v>
       </c>
       <c r="C180" s="1">
-        <v>1834.25</v>
+        <v>1034</v>
       </c>
       <c r="D180" s="2"/>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" t="s">
         <v>359</v>
       </c>
       <c r="B181" t="s">
         <v>360</v>
       </c>
       <c r="C181" s="1">
-        <v>2409.25</v>
+        <v>1489</v>
       </c>
       <c r="D181" s="2"/>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" t="s">
         <v>361</v>
       </c>
       <c r="B182" t="s">
         <v>362</v>
       </c>
-      <c r="C182" s="1"/>
+      <c r="C182" s="1">
+        <v>1834.25</v>
+      </c>
       <c r="D182" s="2"/>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" t="s">
         <v>363</v>
       </c>
       <c r="B183" t="s">
         <v>364</v>
       </c>
       <c r="C183" s="1">
-        <v>4594.25</v>
+        <v>2409.25</v>
       </c>
       <c r="D183" s="2"/>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" t="s">
         <v>365</v>
       </c>
       <c r="B184" t="s">
         <v>366</v>
       </c>
-      <c r="C184" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C184" s="1"/>
       <c r="D184" s="2"/>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" t="s">
         <v>367</v>
       </c>
       <c r="B185" t="s">
         <v>368</v>
       </c>
       <c r="C185" s="1">
-        <v>1374.25</v>
+        <v>4594.25</v>
       </c>
       <c r="D185" s="2"/>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" t="s">
         <v>369</v>
       </c>
       <c r="B186" t="s">
         <v>370</v>
       </c>
       <c r="C186" s="1">
-        <v>3399.4</v>
+        <v>1144.25</v>
       </c>
       <c r="D186" s="2"/>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" t="s">
         <v>371</v>
       </c>
       <c r="B187" t="s">
         <v>372</v>
       </c>
       <c r="C187" s="1">
-        <v>3675.4</v>
+        <v>1374.25</v>
       </c>
       <c r="D187" s="2"/>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" t="s">
         <v>373</v>
       </c>
       <c r="B188" t="s">
         <v>374</v>
       </c>
       <c r="C188" s="1">
-        <v>5055.4</v>
+        <v>3399.4</v>
       </c>
       <c r="D188" s="2"/>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>375</v>
       </c>
       <c r="B189" t="s">
         <v>376</v>
       </c>
       <c r="C189" s="1">
-        <v>5055.4</v>
+        <v>3675.4</v>
       </c>
       <c r="D189" s="2"/>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>377</v>
       </c>
       <c r="B190" t="s">
         <v>378</v>
       </c>
       <c r="C190" s="1">
-        <v>2524.25</v>
+        <v>5055.4</v>
       </c>
       <c r="D190" s="2"/>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>379</v>
       </c>
       <c r="B191" t="s">
         <v>380</v>
       </c>
       <c r="C191" s="1">
-        <v>4019.25</v>
+        <v>5055.4</v>
       </c>
       <c r="D191" s="2"/>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>381</v>
       </c>
       <c r="B192" t="s">
         <v>382</v>
       </c>
       <c r="C192" s="1">
-        <v>3904.25</v>
+        <v>2524.25</v>
       </c>
       <c r="D192" s="2"/>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" t="s">
         <v>383</v>
       </c>
       <c r="B193" t="s">
         <v>384</v>
       </c>
       <c r="C193" s="1">
-        <v>4503.4</v>
+        <v>4019.25</v>
       </c>
       <c r="D193" s="2"/>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" t="s">
         <v>385</v>
       </c>
       <c r="B194" t="s">
         <v>386</v>
       </c>
       <c r="C194" s="1">
-        <v>1840</v>
+        <v>3904.25</v>
       </c>
       <c r="D194" s="2"/>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" t="s">
         <v>387</v>
       </c>
       <c r="B195" t="s">
         <v>388</v>
       </c>
       <c r="C195" s="1">
-        <v>361.9</v>
+        <v>4503.4</v>
       </c>
       <c r="D195" s="2"/>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" t="s">
         <v>389</v>
       </c>
       <c r="B196" t="s">
         <v>390</v>
       </c>
       <c r="C196" s="1">
-        <v>441.65</v>
+        <v>1840</v>
       </c>
       <c r="D196" s="2"/>
     </row>
     <row r="197" spans="1:26">
       <c r="A197" t="s">
         <v>391</v>
       </c>
       <c r="B197" t="s">
         <v>392</v>
       </c>
       <c r="C197" s="1">
-        <v>3444.25</v>
+        <v>361.9</v>
       </c>
       <c r="D197" s="2"/>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" t="s">
         <v>393</v>
       </c>
       <c r="B198" t="s">
         <v>394</v>
       </c>
       <c r="C198" s="1">
-        <v>4019.25</v>
+        <v>441.65</v>
       </c>
       <c r="D198" s="2"/>
     </row>
     <row r="199" spans="1:26">
       <c r="A199" t="s">
         <v>395</v>
       </c>
       <c r="B199" t="s">
         <v>396</v>
       </c>
       <c r="C199" s="1">
-        <v>8389.25</v>
+        <v>3444.25</v>
       </c>
       <c r="D199" s="2"/>
     </row>
     <row r="200" spans="1:26">
       <c r="A200" t="s">
         <v>397</v>
       </c>
       <c r="B200" t="s">
         <v>398</v>
       </c>
       <c r="C200" s="1">
-        <v>1144.25</v>
+        <v>4019.25</v>
       </c>
       <c r="D200" s="2"/>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" t="s">
         <v>399</v>
       </c>
       <c r="B201" t="s">
         <v>400</v>
       </c>
       <c r="C201" s="1">
-        <v>258.8</v>
+        <v>8389.25</v>
       </c>
       <c r="D201" s="2"/>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" t="s">
         <v>401</v>
       </c>
       <c r="B202" t="s">
         <v>402</v>
       </c>
       <c r="C202" s="1">
-        <v>6097.87</v>
+        <v>1144.25</v>
       </c>
       <c r="D202" s="2"/>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" t="s">
         <v>403</v>
       </c>
       <c r="B203" t="s">
         <v>404</v>
       </c>
       <c r="C203" s="1">
-        <v>5407.87</v>
+        <v>258.8</v>
       </c>
       <c r="D203" s="2"/>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" t="s">
         <v>405</v>
       </c>
       <c r="B204" t="s">
         <v>406</v>
       </c>
       <c r="C204" s="1">
-        <v>3703</v>
+        <v>6097.87</v>
       </c>
       <c r="D204" s="2"/>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" t="s">
         <v>407</v>
       </c>
       <c r="B205" t="s">
         <v>408</v>
       </c>
       <c r="C205" s="1">
-        <v>3876.93</v>
+        <v>5407.87</v>
       </c>
       <c r="D205" s="2"/>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" t="s">
         <v>409</v>
       </c>
       <c r="B206" t="s">
         <v>410</v>
       </c>
-      <c r="C206" s="1"/>
+      <c r="C206" s="1">
+        <v>3703</v>
+      </c>
       <c r="D206" s="2"/>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" t="s">
         <v>411</v>
       </c>
       <c r="B207" t="s">
         <v>412</v>
       </c>
       <c r="C207" s="1">
-        <v>2203.4</v>
+        <v>3876.93</v>
       </c>
       <c r="D207" s="2"/>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" t="s">
         <v>413</v>
       </c>
       <c r="B208" t="s">
         <v>414</v>
       </c>
-      <c r="C208" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C208" s="1"/>
       <c r="D208" s="2"/>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" t="s">
         <v>415</v>
       </c>
       <c r="B209" t="s">
         <v>416</v>
       </c>
       <c r="C209" s="1">
-        <v>549.08</v>
+        <v>2203.4</v>
       </c>
       <c r="D209" s="2"/>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>417</v>
       </c>
       <c r="B210" t="s">
         <v>418</v>
       </c>
       <c r="C210" s="1">
-        <v>1560.9</v>
+        <v>2203.4</v>
       </c>
       <c r="D210" s="2"/>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>419</v>
       </c>
       <c r="B211" t="s">
         <v>420</v>
       </c>
       <c r="C211" s="1">
-        <v>10430.5</v>
+        <v>549.08</v>
       </c>
       <c r="D211" s="2"/>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>421</v>
       </c>
       <c r="B212" t="s">
         <v>422</v>
       </c>
       <c r="C212" s="1">
-        <v>2639.25</v>
+        <v>1560.9</v>
       </c>
       <c r="D212" s="2"/>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>423</v>
       </c>
       <c r="B213" t="s">
         <v>424</v>
       </c>
       <c r="C213" s="1">
-        <v>2294.25</v>
+        <v>10430.5</v>
       </c>
       <c r="D213" s="2"/>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>425</v>
       </c>
       <c r="B214" t="s">
         <v>426</v>
       </c>
       <c r="C214" s="1">
-        <v>4308.18</v>
+        <v>2639.25</v>
       </c>
       <c r="D214" s="2"/>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>427</v>
       </c>
       <c r="B215" t="s">
         <v>428</v>
       </c>
       <c r="C215" s="1">
-        <v>5170.68</v>
+        <v>2294.25</v>
       </c>
       <c r="D215" s="2"/>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>429</v>
       </c>
       <c r="B216" t="s">
         <v>430</v>
       </c>
       <c r="C216" s="1">
-        <v>4911.93</v>
+        <v>4308.18</v>
       </c>
       <c r="D216" s="2"/>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>431</v>
       </c>
       <c r="B217" t="s">
         <v>432</v>
       </c>
       <c r="C217" s="1">
-        <v>5774.43</v>
+        <v>5170.68</v>
       </c>
       <c r="D217" s="2"/>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>433</v>
       </c>
       <c r="B218" t="s">
         <v>434</v>
       </c>
       <c r="C218" s="1">
-        <v>2841.93</v>
+        <v>4911.93</v>
       </c>
       <c r="D218" s="2"/>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>435</v>
       </c>
       <c r="B219" t="s">
         <v>436</v>
       </c>
       <c r="C219" s="1">
-        <v>275.16</v>
+        <v>5774.43</v>
       </c>
       <c r="D219" s="2"/>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>437</v>
       </c>
       <c r="B220" t="s">
         <v>438</v>
       </c>
       <c r="C220" s="1">
-        <v>300.74</v>
+        <v>2841.93</v>
       </c>
       <c r="D220" s="2"/>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>439</v>
       </c>
       <c r="B221" t="s">
         <v>440</v>
       </c>
       <c r="C221" s="1">
-        <v>2037.83</v>
+        <v>275.16</v>
       </c>
       <c r="D221" s="2"/>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>441</v>
       </c>
       <c r="B222" t="s">
         <v>442</v>
       </c>
       <c r="C222" s="1">
-        <v>1794.95</v>
+        <v>300.74</v>
       </c>
       <c r="D222" s="2"/>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" t="s">
         <v>443</v>
       </c>
       <c r="B223" t="s">
         <v>444</v>
       </c>
       <c r="C223" s="1">
-        <v>5744.25</v>
+        <v>2037.83</v>
       </c>
       <c r="D223" s="2"/>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>445</v>
       </c>
       <c r="B224" t="s">
         <v>446</v>
       </c>
       <c r="C224" s="1">
-        <v>478.5</v>
+        <v>1794.95</v>
       </c>
       <c r="D224" s="2"/>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>447</v>
       </c>
       <c r="B225" t="s">
         <v>448</v>
       </c>
       <c r="C225" s="1">
-        <v>4292.14</v>
+        <v>5744.25</v>
       </c>
       <c r="D225" s="2"/>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>449</v>
       </c>
       <c r="B226" t="s">
         <v>450</v>
       </c>
       <c r="C226" s="1">
-        <v>79.2</v>
+        <v>478.5</v>
       </c>
       <c r="D226" s="2"/>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>451</v>
       </c>
       <c r="B227" t="s">
         <v>452</v>
       </c>
       <c r="C227" s="1">
-        <v>142.8</v>
+        <v>4292.14</v>
       </c>
       <c r="D227" s="2"/>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>453</v>
       </c>
       <c r="B228" t="s">
         <v>454</v>
       </c>
       <c r="C228" s="1">
-        <v>222</v>
+        <v>79.2</v>
       </c>
       <c r="D228" s="2"/>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>455</v>
       </c>
       <c r="B229" t="s">
         <v>456</v>
       </c>
       <c r="C229" s="1">
-        <v>88.03</v>
+        <v>142.8</v>
       </c>
       <c r="D229" s="2"/>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" t="s">
         <v>457</v>
       </c>
       <c r="B230" t="s">
         <v>458</v>
       </c>
       <c r="C230" s="1">
-        <v>88.8</v>
+        <v>222</v>
       </c>
       <c r="D230" s="2"/>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>459</v>
       </c>
       <c r="B231" t="s">
         <v>460</v>
       </c>
       <c r="C231" s="1">
-        <v>50.4</v>
+        <v>88.03</v>
       </c>
       <c r="D231" s="2"/>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>461</v>
       </c>
       <c r="B232" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C232" s="1">
-        <v>56.4</v>
+        <v>88.8</v>
       </c>
       <c r="D232" s="2"/>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B233" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C233" s="1">
-        <v>169.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>50.4</v>
+      </c>
+      <c r="D233" s="2"/>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" t="s">
+        <v>465</v>
+      </c>
+      <c r="B234" t="s">
         <v>464</v>
       </c>
-      <c r="B234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="1">
-        <v>9</v>
+        <v>56.4</v>
       </c>
       <c r="D234" s="2"/>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" t="s">
         <v>466</v>
       </c>
       <c r="B235" t="s">
         <v>467</v>
       </c>
       <c r="C235" s="1">
-        <v>205.2</v>
+        <v>169.2</v>
       </c>
       <c r="D235" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" t="s">
         <v>468</v>
       </c>
       <c r="B236" t="s">
         <v>469</v>
       </c>
       <c r="C236" s="1">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D236" s="2"/>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" t="s">
         <v>470</v>
       </c>
       <c r="B237" t="s">
         <v>471</v>
       </c>
       <c r="C237" s="1">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D237" s="2"/>
+        <v>205.2</v>
+      </c>
+      <c r="D237" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" t="s">
         <v>472</v>
       </c>
       <c r="B238" t="s">
         <v>473</v>
       </c>
       <c r="C238" s="1">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="D238" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" t="s">
         <v>474</v>
       </c>
       <c r="B239" t="s">
         <v>475</v>
       </c>
       <c r="C239" s="1">
-        <v>69.6</v>
+        <v>102</v>
       </c>
       <c r="D239" s="2"/>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" t="s">
         <v>476</v>
       </c>
       <c r="B240" t="s">
         <v>477</v>
       </c>
       <c r="C240" s="1">
-        <v>162</v>
+        <v>87</v>
       </c>
       <c r="D240" s="2"/>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" t="s">
         <v>478</v>
       </c>
       <c r="B241" t="s">
         <v>479</v>
       </c>
       <c r="C241" s="1">
-        <v>165.6</v>
-[...1 lines deleted...]
-      <c r="D241" s="2"/>
+        <v>69.6</v>
+      </c>
+      <c r="D241" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>480</v>
       </c>
       <c r="B242" t="s">
         <v>481</v>
       </c>
       <c r="C242" s="1">
-        <v>135.6</v>
+        <v>162</v>
       </c>
       <c r="D242" s="2"/>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>482</v>
       </c>
       <c r="B243" t="s">
         <v>483</v>
       </c>
       <c r="C243" s="1">
-        <v>103.82</v>
+        <v>165.6</v>
       </c>
       <c r="D243" s="2"/>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>484</v>
       </c>
       <c r="B244" t="s">
         <v>485</v>
       </c>
       <c r="C244" s="1">
-        <v>183.6</v>
+        <v>135.6</v>
       </c>
       <c r="D244" s="2"/>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>486</v>
       </c>
       <c r="B245" t="s">
         <v>487</v>
       </c>
       <c r="C245" s="1">
-        <v>386.4</v>
+        <v>103.82</v>
       </c>
       <c r="D245" s="2"/>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>488</v>
       </c>
       <c r="B246" t="s">
         <v>489</v>
       </c>
       <c r="C246" s="1">
-        <v>729.6</v>
+        <v>183.6</v>
       </c>
       <c r="D246" s="2"/>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>490</v>
       </c>
       <c r="B247" t="s">
         <v>491</v>
       </c>
       <c r="C247" s="1">
+        <v>386.4</v>
+      </c>
+      <c r="D247" s="2"/>
+    </row>
+    <row r="248" spans="1:26">
+      <c r="A248" t="s">
+        <v>492</v>
+      </c>
+      <c r="B248" t="s">
+        <v>493</v>
+      </c>
+      <c r="C248" s="1">
+        <v>729.6</v>
+      </c>
+      <c r="D248" s="2"/>
+    </row>
+    <row r="249" spans="1:26">
+      <c r="A249" t="s">
+        <v>494</v>
+      </c>
+      <c r="B249" t="s">
+        <v>495</v>
+      </c>
+      <c r="C249" s="1">
         <v>157.5</v>
       </c>
-      <c r="D247" s="2"/>
-[...2 lines deleted...]
-      <c r="A248">
+      <c r="D249" s="2"/>
+    </row>
+    <row r="250" spans="1:26">
+      <c r="A250">
         <v>7106921</v>
       </c>
-      <c r="B248" t="s">
-[...2 lines deleted...]
-      <c r="C248" s="1">
+      <c r="B250" t="s">
+        <v>496</v>
+      </c>
+      <c r="C250" s="1">
         <v>220</v>
       </c>
-      <c r="D248" s="2"/>
-[...2 lines deleted...]
-      <c r="A249">
+      <c r="D250" s="2"/>
+    </row>
+    <row r="251" spans="1:26">
+      <c r="A251">
         <v>7109101</v>
-      </c>
-[...24 lines deleted...]
-        <v>496</v>
       </c>
       <c r="B251" t="s">
         <v>497</v>
       </c>
       <c r="C251" s="1">
-        <v>87.72</v>
+        <v>1650</v>
       </c>
       <c r="D251" s="2"/>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>498</v>
       </c>
       <c r="B252" t="s">
         <v>499</v>
       </c>
       <c r="C252" s="1">
-        <v>159.6</v>
-[...1 lines deleted...]
-      <c r="D252" s="2"/>
+        <v>38.17</v>
+      </c>
+      <c r="D252" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>500</v>
       </c>
       <c r="B253" t="s">
         <v>501</v>
       </c>
       <c r="C253" s="1">
-        <v>68.64</v>
-[...3 lines deleted...]
-      </c>
+        <v>87.72</v>
+      </c>
+      <c r="D253" s="2"/>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>502</v>
       </c>
       <c r="B254" t="s">
         <v>503</v>
       </c>
       <c r="C254" s="1">
-        <v>435</v>
+        <v>159.6</v>
       </c>
       <c r="D254" s="2"/>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>504</v>
       </c>
       <c r="B255" t="s">
         <v>505</v>
       </c>
       <c r="C255" s="1">
-        <v>189.6</v>
-[...1 lines deleted...]
-      <c r="D255" s="2"/>
+        <v>68.64</v>
+      </c>
+      <c r="D255" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>506</v>
       </c>
       <c r="B256" t="s">
         <v>507</v>
       </c>
       <c r="C256" s="1">
-        <v>209.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="D256" s="2"/>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" t="s">
         <v>508</v>
       </c>
       <c r="B257" t="s">
         <v>509</v>
       </c>
       <c r="C257" s="1">
-        <v>285.42</v>
+        <v>189.6</v>
       </c>
       <c r="D257" s="2"/>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" t="s">
         <v>510</v>
       </c>
       <c r="B258" t="s">
         <v>511</v>
       </c>
       <c r="C258" s="1">
-        <v>137.37</v>
-[...1 lines deleted...]
-      <c r="D258" s="2"/>
+        <v>209.1</v>
+      </c>
+      <c r="D258" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>512</v>
       </c>
       <c r="B259" t="s">
         <v>513</v>
       </c>
       <c r="C259" s="1">
-        <v>144.24</v>
-[...3 lines deleted...]
-      </c>
+        <v>285.42</v>
+      </c>
+      <c r="D259" s="2"/>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>514</v>
       </c>
       <c r="B260" t="s">
         <v>515</v>
       </c>
       <c r="C260" s="1">
-        <v>118.8</v>
+        <v>137.37</v>
       </c>
       <c r="D260" s="2"/>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>516</v>
       </c>
       <c r="B261" t="s">
         <v>517</v>
       </c>
       <c r="C261" s="1">
-        <v>129.22</v>
+        <v>144.24</v>
       </c>
       <c r="D261" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>518</v>
       </c>
       <c r="B262" t="s">
         <v>519</v>
       </c>
       <c r="C262" s="1">
-        <v>390.83</v>
+        <v>118.8</v>
       </c>
       <c r="D262" s="2"/>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" t="s">
         <v>520</v>
       </c>
       <c r="B263" t="s">
         <v>521</v>
       </c>
       <c r="C263" s="1">
-        <v>199.17</v>
-[...1 lines deleted...]
-      <c r="D263" s="2"/>
+        <v>129.22</v>
+      </c>
+      <c r="D263" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" t="s">
         <v>522</v>
       </c>
       <c r="B264" t="s">
         <v>523</v>
       </c>
       <c r="C264" s="1">
-        <v>424.17</v>
+        <v>534</v>
       </c>
       <c r="D264" s="2"/>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" t="s">
         <v>524</v>
       </c>
       <c r="B265" t="s">
         <v>525</v>
       </c>
       <c r="C265" s="1">
+        <v>394.8</v>
+      </c>
+      <c r="D265" s="2"/>
+    </row>
+    <row r="266" spans="1:26">
+      <c r="A266" t="s">
+        <v>526</v>
+      </c>
+      <c r="B266" t="s">
+        <v>527</v>
+      </c>
+      <c r="C266" s="1">
+        <v>390.83</v>
+      </c>
+      <c r="D266" s="2"/>
+    </row>
+    <row r="267" spans="1:26">
+      <c r="A267" t="s">
+        <v>528</v>
+      </c>
+      <c r="B267" t="s">
+        <v>529</v>
+      </c>
+      <c r="C267" s="1">
+        <v>294</v>
+      </c>
+      <c r="D267" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="268" spans="1:26">
+      <c r="A268" t="s">
+        <v>530</v>
+      </c>
+      <c r="B268" t="s">
+        <v>531</v>
+      </c>
+      <c r="C268" s="1">
+        <v>199.17</v>
+      </c>
+      <c r="D268" s="2"/>
+    </row>
+    <row r="269" spans="1:26">
+      <c r="A269" t="s">
+        <v>532</v>
+      </c>
+      <c r="B269" t="s">
+        <v>533</v>
+      </c>
+      <c r="C269" s="1">
+        <v>424.17</v>
+      </c>
+      <c r="D269" s="2"/>
+    </row>
+    <row r="270" spans="1:26">
+      <c r="A270" t="s">
+        <v>534</v>
+      </c>
+      <c r="B270" t="s">
+        <v>535</v>
+      </c>
+      <c r="C270" s="1">
         <v>1382.5</v>
       </c>
-      <c r="D265" s="2"/>
+      <c r="D270" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">