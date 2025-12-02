--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>870LS95066</t>
   </si>
   <si>
     <t>USB Card Reader TWN4 MT2 S</t>
   </si>
   <si>
     <t>870LS95067</t>
   </si>
   <si>
     <t>USB Card Reader TWN4 MT2 P</t>
   </si>
   <si>
@@ -464,102 +464,72 @@
   <si>
     <t>OPERATIIVMÄLU MDDR2-512</t>
   </si>
   <si>
     <t>870LM00090</t>
   </si>
   <si>
     <t>Operatiivmälu 1GB DDR2 SDRAM 144pin</t>
   </si>
   <si>
     <t>870LM00097</t>
   </si>
   <si>
     <t>Operatiivmälu MDDR3-1GB</t>
   </si>
   <si>
     <t>870LM00099</t>
   </si>
   <si>
     <t>870LS95001</t>
   </si>
   <si>
     <t>USB kaardilugeja "Mifare", sisaldab toodet - Card Authentication Kit (B)</t>
   </si>
   <si>
-    <t>870LS95006</t>
-[...4 lines deleted...]
-  <si>
     <t>870LS95009</t>
   </si>
   <si>
     <t>USB kaardilugeja hoidik FS ja TASKalfa seeriale</t>
   </si>
   <si>
     <t>870LS95011</t>
   </si>
   <si>
     <t>USB kaardilugeja "ChipCard", sisaldab toodet - Card Authentication Kit (B)</t>
   </si>
   <si>
     <t>870LS95025</t>
   </si>
   <si>
     <t>Kyocera ID-kaardid "Mifare" (10 tk)</t>
   </si>
   <si>
     <t>870LS95042</t>
   </si>
   <si>
     <t>USB kaardilugeja "Multi 125"</t>
-  </si>
-[...22 lines deleted...]
-    <t>USB kaardilugeja TWN4 MultiTech-P (koos CAK litsentsiga)</t>
   </si>
   <si>
     <t>870LS97017</t>
   </si>
   <si>
     <t>PCL Barcode 3 Virtual Edition for SD, Type D</t>
   </si>
   <si>
     <t>870LSHW004</t>
   </si>
   <si>
     <t>Card Authentication Kit (B)</t>
   </si>
   <si>
     <t>870KLDCS36AIS</t>
   </si>
   <si>
     <t>Lisagarantii Kyolife 3 aastat on-site - (FS-3920DN/FS-4020DN/FS-C5150DN)</t>
   </si>
   <si>
     <t>870KLGCS36AIS</t>
   </si>
   <si>
     <t>Lisagarantii Kyolife 3 aastat on-site - (FS-C5400DN, FS-C2026MFP, FS-C2126MFP, FS-3040MFP, FS-3140MFP, FS-6025MFP, FS-6030MFP)</t>
   </si>
@@ -945,54 +915,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z99"/>
+  <dimension ref="A1:Z94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D99"/>
+      <selection activeCell="D1" sqref="D1:D94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="167" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -1018,101 +988,101 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>118.8</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>123</v>
       </c>
       <c r="D3" s="2">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>157.93</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>107.92</v>
       </c>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>174</v>
       </c>
       <c r="D7" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>658.9</v>
       </c>
       <c r="D8" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>40.15</v>
@@ -1148,51 +1118,51 @@
     <row r="12" spans="1:26">
       <c r="A12">
         <v>7112285</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="1">
         <v>143.54</v>
       </c>
       <c r="D12" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="1">
         <v>22.44</v>
       </c>
       <c r="D13" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="1">
         <v>197.98</v>
       </c>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="1">
         <v>195.6</v>
       </c>
       <c r="D15" s="2"/>
@@ -1352,51 +1322,51 @@
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="1">
         <v>30.8</v>
       </c>
       <c r="D28" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="1">
         <v>36.3</v>
       </c>
       <c r="D29" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="1">
         <v>48.02</v>
       </c>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="1">
         <v>23.1</v>
       </c>
       <c r="D31" s="2"/>
@@ -1427,66 +1397,64 @@
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="1">
         <v>27.5</v>
       </c>
       <c r="D34" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="1">
         <v>6</v>
       </c>
-      <c r="D35" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="1">
         <v>9.16</v>
       </c>
       <c r="D36" s="2">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="1">
         <v>42.18</v>
       </c>
       <c r="D37" s="2"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="1">
         <v>229.9</v>
       </c>
       <c r="D38" s="2"/>
@@ -1504,101 +1472,101 @@
       <c r="D39" s="2"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="1">
         <v>19.8</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="1">
         <v>24.9</v>
       </c>
       <c r="D41" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>83</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="1">
         <v>110</v>
       </c>
       <c r="D42" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="1">
         <v>280</v>
       </c>
       <c r="D43" s="2"/>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="2"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>89</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="1">
         <v>35.2</v>
       </c>
       <c r="D45" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="1">
         <v>29.15</v>
       </c>
       <c r="D46" s="2"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>93</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="1">
         <v>1320</v>
       </c>
       <c r="D47" s="2"/>
@@ -1941,327 +1909,265 @@
       </c>
       <c r="D75" s="2"/>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>148</v>
       </c>
       <c r="B76" t="s">
         <v>149</v>
       </c>
       <c r="C76" s="1">
         <v>169.2</v>
       </c>
       <c r="D76" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>150</v>
       </c>
       <c r="B77" t="s">
         <v>151</v>
       </c>
       <c r="C77" s="1">
-        <v>169.2</v>
+        <v>9</v>
       </c>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>152</v>
       </c>
       <c r="B78" t="s">
         <v>153</v>
       </c>
       <c r="C78" s="1">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D78" s="2"/>
+        <v>205.2</v>
+      </c>
+      <c r="D78" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>154</v>
       </c>
       <c r="B79" t="s">
         <v>155</v>
       </c>
       <c r="C79" s="1">
-        <v>205.2</v>
+        <v>39</v>
       </c>
       <c r="D79" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>156</v>
       </c>
       <c r="B80" t="s">
         <v>157</v>
       </c>
       <c r="C80" s="1">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>158</v>
       </c>
       <c r="B81" t="s">
         <v>159</v>
       </c>
       <c r="C81" s="1">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="D81" s="2"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>160</v>
       </c>
       <c r="B82" t="s">
         <v>161</v>
       </c>
       <c r="C82" s="1">
-        <v>106.8</v>
+        <v>69.6</v>
       </c>
       <c r="D82" s="2"/>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>162</v>
       </c>
       <c r="B83" t="s">
         <v>163</v>
       </c>
       <c r="C83" s="1">
-        <v>159.6</v>
+        <v>183.6</v>
       </c>
       <c r="D83" s="2"/>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>164</v>
       </c>
       <c r="B84" t="s">
         <v>165</v>
       </c>
       <c r="C84" s="1">
-        <v>123.6</v>
+        <v>386.4</v>
       </c>
       <c r="D84" s="2"/>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>166</v>
       </c>
       <c r="B85" t="s">
         <v>167</v>
       </c>
       <c r="C85" s="1">
-        <v>176.4</v>
+        <v>729.6</v>
       </c>
       <c r="D85" s="2"/>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>168</v>
       </c>
       <c r="B86" t="s">
         <v>169</v>
       </c>
       <c r="C86" s="1">
-        <v>87</v>
+        <v>157.5</v>
       </c>
       <c r="D86" s="2"/>
     </row>
     <row r="87" spans="1:26">
-      <c r="A87" t="s">
+      <c r="A87">
+        <v>7106921</v>
+      </c>
+      <c r="B87" t="s">
         <v>170</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" s="1">
+        <v>220</v>
+      </c>
+      <c r="D87" s="2"/>
+    </row>
+    <row r="88" spans="1:26">
+      <c r="A88">
+        <v>7109101</v>
+      </c>
+      <c r="B88" t="s">
         <v>171</v>
       </c>
-      <c r="C87" s="1">
-[...12 lines deleted...]
-      </c>
       <c r="C88" s="1">
-        <v>183.6</v>
+        <v>1650</v>
       </c>
       <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B89" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C89" s="1">
-        <v>386.4</v>
-[...1 lines deleted...]
-      <c r="D89" s="2"/>
+        <v>38.17</v>
+      </c>
+      <c r="D89" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B90" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C90" s="1">
-        <v>729.6</v>
+        <v>87.72</v>
       </c>
       <c r="D90" s="2"/>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
+        <v>176</v>
+      </c>
+      <c r="B91" t="s">
+        <v>177</v>
+      </c>
+      <c r="C91" s="1">
+        <v>159.6</v>
+      </c>
+      <c r="D91" s="2"/>
+    </row>
+    <row r="92" spans="1:26">
+      <c r="A92" t="s">
         <v>178</v>
       </c>
-      <c r="B91" t="s">
+      <c r="B92" t="s">
         <v>179</v>
       </c>
-      <c r="C91" s="1">
-[...8 lines deleted...]
-      <c r="B92" t="s">
+      <c r="C92" s="1">
+        <v>68.64</v>
+      </c>
+      <c r="D92" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26">
+      <c r="A93" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>7109101</v>
       </c>
       <c r="B93" t="s">
         <v>181</v>
       </c>
       <c r="C93" s="1">
-        <v>1650</v>
+        <v>435</v>
       </c>
       <c r="D93" s="2"/>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>182</v>
       </c>
       <c r="B94" t="s">
         <v>183</v>
       </c>
       <c r="C94" s="1">
-        <v>38.17</v>
-[...62 lines deleted...]
-      <c r="C99" s="1">
         <v>189.6</v>
       </c>
-      <c r="D99" s="2"/>
+      <c r="D94" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">