--- v1 (2025-12-02)
+++ v2 (2026-01-26)
@@ -988,51 +988,51 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>118.8</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>123</v>
       </c>
       <c r="D3" s="2">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>157.93</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="2">
         <v>2</v>
       </c>
@@ -1065,53 +1065,51 @@
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>658.9</v>
       </c>
       <c r="D8" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>40.15</v>
       </c>
-      <c r="D9" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>255.2</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>56.4</v>
       </c>
       <c r="D11" s="2"/>
     </row>
@@ -1227,91 +1225,91 @@
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="1">
         <v>388.8</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="1">
         <v>39.05</v>
       </c>
-      <c r="D22" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="1">
         <v>27.5</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="1">
         <v>440</v>
       </c>
       <c r="D24" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="1">
         <v>33</v>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="1">
         <v>35.69</v>
       </c>
       <c r="D26" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="1">
         <v>21.07</v>
       </c>
@@ -1322,51 +1320,51 @@
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="1">
         <v>30.8</v>
       </c>
       <c r="D28" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="1">
         <v>36.3</v>
       </c>
       <c r="D29" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="1">
         <v>48.02</v>
       </c>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="1">
         <v>23.1</v>
       </c>
       <c r="D31" s="2"/>
@@ -1397,64 +1395,66 @@
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="1">
         <v>27.5</v>
       </c>
       <c r="D34" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="1">
         <v>6</v>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="1">
         <v>9.16</v>
       </c>
       <c r="D36" s="2">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="1">
         <v>42.18</v>
       </c>
       <c r="D37" s="2"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="1">
         <v>229.9</v>
       </c>
       <c r="D38" s="2"/>
@@ -1472,51 +1472,51 @@
       <c r="D39" s="2"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="1">
         <v>19.8</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="1">
         <v>24.9</v>
       </c>
       <c r="D41" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>83</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="1">
         <v>110</v>
       </c>
       <c r="D42" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="1">
         <v>280</v>
@@ -1975,51 +1975,53 @@
       </c>
       <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>158</v>
       </c>
       <c r="B81" t="s">
         <v>159</v>
       </c>
       <c r="C81" s="1">
         <v>87</v>
       </c>
       <c r="D81" s="2"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>160</v>
       </c>
       <c r="B82" t="s">
         <v>161</v>
       </c>
       <c r="C82" s="1">
         <v>69.6</v>
       </c>
-      <c r="D82" s="2"/>
+      <c r="D82" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>162</v>
       </c>
       <c r="B83" t="s">
         <v>163</v>
       </c>
       <c r="C83" s="1">
         <v>183.6</v>
       </c>
       <c r="D83" s="2"/>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>164</v>
       </c>
       <c r="B84" t="s">
         <v>165</v>
       </c>
       <c r="C84" s="1">
         <v>386.4</v>
       </c>
       <c r="D84" s="2"/>
     </row>