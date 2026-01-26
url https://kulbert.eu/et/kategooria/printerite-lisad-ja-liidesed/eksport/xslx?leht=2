--- v1 (2025-12-02)
+++ v2 (2026-01-26)
@@ -988,51 +988,51 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>118.8</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>123</v>
       </c>
       <c r="D3" s="2">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>157.93</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="2">
         <v>2</v>
       </c>
@@ -1065,53 +1065,51 @@
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>658.9</v>
       </c>
       <c r="D8" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>40.15</v>
       </c>
-      <c r="D9" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>255.2</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>56.4</v>
       </c>
       <c r="D11" s="2"/>
     </row>
@@ -1227,91 +1225,91 @@
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="1">
         <v>388.8</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="1">
         <v>39.05</v>
       </c>
-      <c r="D22" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="1">
         <v>27.5</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="1">
         <v>440</v>
       </c>
       <c r="D24" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="1">
         <v>33</v>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="1">
         <v>35.69</v>
       </c>
       <c r="D26" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="1">
         <v>21.07</v>
       </c>
@@ -1322,51 +1320,51 @@
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="1">
         <v>30.8</v>
       </c>
       <c r="D28" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="1">
         <v>36.3</v>
       </c>
       <c r="D29" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="1">
         <v>48.02</v>
       </c>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="1">
         <v>23.1</v>
       </c>
       <c r="D31" s="2"/>
@@ -1397,64 +1395,66 @@
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="1">
         <v>27.5</v>
       </c>
       <c r="D34" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="1">
         <v>6</v>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="1">
         <v>9.16</v>
       </c>
       <c r="D36" s="2">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="1">
         <v>42.18</v>
       </c>
       <c r="D37" s="2"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="1">
         <v>229.9</v>
       </c>
       <c r="D38" s="2"/>
@@ -1472,101 +1472,101 @@
       <c r="D39" s="2"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="1">
         <v>19.8</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="1">
         <v>24.9</v>
       </c>
       <c r="D41" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>83</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="1">
         <v>110</v>
       </c>
       <c r="D42" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="1">
         <v>280</v>
       </c>
       <c r="D43" s="2"/>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="2"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>89</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="1">
         <v>35.2</v>
       </c>
       <c r="D45" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="1">
         <v>29.15</v>
       </c>
       <c r="D46" s="2"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>93</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="1">
         <v>1320</v>
       </c>
       <c r="D47" s="2"/>
@@ -1975,51 +1975,53 @@
       </c>
       <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>158</v>
       </c>
       <c r="B81" t="s">
         <v>159</v>
       </c>
       <c r="C81" s="1">
         <v>87</v>
       </c>
       <c r="D81" s="2"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>160</v>
       </c>
       <c r="B82" t="s">
         <v>161</v>
       </c>
       <c r="C82" s="1">
         <v>69.6</v>
       </c>
-      <c r="D82" s="2"/>
+      <c r="D82" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>162</v>
       </c>
       <c r="B83" t="s">
         <v>163</v>
       </c>
       <c r="C83" s="1">
         <v>183.6</v>
       </c>
       <c r="D83" s="2"/>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>164</v>
       </c>
       <c r="B84" t="s">
         <v>165</v>
       </c>
       <c r="C84" s="1">
         <v>386.4</v>
       </c>
       <c r="D84" s="2"/>
     </row>